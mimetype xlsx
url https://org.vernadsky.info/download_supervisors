--- v0 (2025-10-06)
+++ v1 (2026-02-05)
@@ -422,51 +422,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:E37"/>
+  <dimension ref="A1:E33"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>id</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>name</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>email</t>
         </is>
       </c>
       <c r="E1" s="1" t="inlineStr">
         <is>
@@ -480,832 +480,740 @@
       </c>
       <c r="B2" t="n">
         <v>2</v>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>Белоновская Елена Анатольевна</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>belena53@mail.ru</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
           <t>+79031782093</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="n">
         <v>1</v>
       </c>
       <c r="B3" t="n">
-        <v>38</v>
+        <v>20</v>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>Волкова Мария Евгеньевна</t>
+          <t>Волкова Екатерина Вадимовна</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
-          <t>Mashakaravadgo@gmail.com</t>
+          <t>volkovaev@26kadr.ru</t>
         </is>
       </c>
       <c r="E3" t="inlineStr">
         <is>
-          <t>+79167699560</t>
+          <t>+79826341206</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="n">
         <v>2</v>
       </c>
       <c r="B4" t="n">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>Вузман Наталия Ильинична</t>
+          <t>Горелова Юлия Витальевна</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
-          <t>n.vuzman@gmail.com</t>
+          <t>julia-gorelova@yandex.ru</t>
         </is>
       </c>
       <c r="E4" t="inlineStr">
         <is>
-          <t>+79150130434</t>
+          <t>+79169523554</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="n">
         <v>3</v>
       </c>
       <c r="B5" t="n">
-        <v>13</v>
+        <v>3</v>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>Горелова Юлия Витальевна</t>
+          <t>Горюнов Данила Николаевич</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
-          <t>julia-gorelova@yandex.ru</t>
+          <t>azoku5@ya.ru</t>
         </is>
       </c>
       <c r="E5" t="inlineStr">
         <is>
-          <t>+79169523554</t>
+          <t>+79035651465</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="n">
         <v>4</v>
       </c>
       <c r="B6" t="n">
-        <v>3</v>
+        <v>26</v>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>Горюнов Данила Николаевич</t>
+          <t>Доронина Полина Дмитриевна</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
-          <t>azoku5@ya.ru</t>
+          <t>dwinterman@yandex.ru</t>
         </is>
       </c>
       <c r="E6" t="inlineStr">
         <is>
-          <t>+79035651465</t>
+          <t>+79153736694</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="n">
         <v>5</v>
       </c>
       <c r="B7" t="n">
-        <v>34</v>
+        <v>4</v>
       </c>
       <c r="C7" t="inlineStr">
         <is>
-          <t>Демин Игорь Святославович</t>
+          <t>Дунаев Евгений Анатольевич</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
-          <t>ig.demin@gmail.com</t>
+          <t>dunayeve@mail.ru</t>
         </is>
       </c>
       <c r="E7" t="inlineStr">
         <is>
-          <t>+79104089656</t>
+          <t>+79859831311</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="n">
         <v>6</v>
       </c>
       <c r="B8" t="n">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>Доронина Полина Дмитриевна</t>
+          <t>Зыкова Галина Владимировна</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
-          <t>dwinterman@yandex.ru</t>
+          <t>gzykova@mail.ru</t>
         </is>
       </c>
       <c r="E8" t="inlineStr">
         <is>
-          <t>+79153736694</t>
+          <t>+79636340073</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="n">
         <v>7</v>
       </c>
       <c r="B9" t="n">
-        <v>4</v>
+        <v>46</v>
       </c>
       <c r="C9" t="inlineStr">
         <is>
-          <t>Дунаев Евгений Анатольевич</t>
+          <t>Козырева Марина Михайловна</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
-          <t>dunayeve@mail.ru</t>
+          <t>marisolk@mail.ru</t>
         </is>
       </c>
       <c r="E9" t="inlineStr">
         <is>
-          <t>+79859831311</t>
+          <t>+79096960187</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="n">
         <v>8</v>
       </c>
       <c r="B10" t="n">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="C10" t="inlineStr">
         <is>
-          <t>Зыкова Галина Владимировна</t>
+          <t>Комарова Вера Андреевна</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
-          <t>gzykova@mail.ru</t>
+          <t>vir_kom@rambler.ru</t>
         </is>
       </c>
       <c r="E10" t="inlineStr">
         <is>
-          <t>+79636340073</t>
+          <t>+79035945852</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="n">
         <v>9</v>
       </c>
       <c r="B11" t="n">
-        <v>46</v>
+        <v>29</v>
       </c>
       <c r="C11" t="inlineStr">
         <is>
-          <t>Козырева Марина Михайловна</t>
+          <t>Конрад Инна Сергеевна</t>
         </is>
       </c>
       <c r="D11" t="inlineStr">
         <is>
-          <t>marisolk@mail.ru</t>
-[...6 lines deleted...]
-      </c>
+          <t>i.konrad@yandex.ru</t>
+        </is>
+      </c>
+      <c r="E11" t="inlineStr"/>
     </row>
     <row r="12">
       <c r="A12" s="1" t="n">
         <v>10</v>
       </c>
       <c r="B12" t="n">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="C12" t="inlineStr">
         <is>
-          <t>Комарова Вера Андреевна</t>
+          <t>Лазарева Надежда Сергеевна</t>
         </is>
       </c>
       <c r="D12" t="inlineStr">
         <is>
-          <t>vir_kom@rambler.ru</t>
+          <t>azuretit@yandex.ru</t>
         </is>
       </c>
       <c r="E12" t="inlineStr">
         <is>
-          <t>+79035945852</t>
+          <t>+79165330167</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="1" t="n">
         <v>11</v>
       </c>
       <c r="B13" t="n">
-        <v>29</v>
+        <v>1</v>
       </c>
       <c r="C13" t="inlineStr">
         <is>
-          <t>Конрад Инна Сергеевна</t>
+          <t>Литвинов Михаил Борисович</t>
         </is>
       </c>
       <c r="D13" t="inlineStr">
         <is>
-          <t>innakonrad@gmail.com</t>
-[...2 lines deleted...]
-      <c r="E13" t="inlineStr"/>
+          <t>miklit@rambler.ru</t>
+        </is>
+      </c>
+      <c r="E13" t="inlineStr">
+        <is>
+          <t>+79031726894</t>
+        </is>
+      </c>
     </row>
     <row r="14">
       <c r="A14" s="1" t="n">
         <v>12</v>
       </c>
       <c r="B14" t="n">
-        <v>16</v>
+        <v>51</v>
       </c>
       <c r="C14" t="inlineStr">
         <is>
-          <t>Лазарева Надежда Сергеевна</t>
+          <t>Лысенко Елена Игоревна</t>
         </is>
       </c>
       <c r="D14" t="inlineStr">
         <is>
-          <t>azuretit@yandex.ru</t>
+          <t>lenobl1996@gmail.com</t>
         </is>
       </c>
       <c r="E14" t="inlineStr">
         <is>
-          <t>+79165330167</t>
+          <t>+79778224035</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="n">
         <v>13</v>
       </c>
       <c r="B15" t="n">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="C15" t="inlineStr">
         <is>
-          <t>Литвинов Михаил Борисович</t>
+          <t>Мальцевская Надежда Владиславовна</t>
         </is>
       </c>
       <c r="D15" t="inlineStr">
         <is>
-          <t>miklit@rambler.ru</t>
+          <t>maltsevskaya@yandex.ru</t>
         </is>
       </c>
       <c r="E15" t="inlineStr">
         <is>
-          <t>+79031726894</t>
+          <t>+79773570385</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="1" t="n">
         <v>14</v>
       </c>
       <c r="B16" t="n">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="C16" t="inlineStr">
         <is>
-          <t>Лысенко Елена Игоревна</t>
+          <t>Марусяк Наталья Владимировна</t>
         </is>
       </c>
       <c r="D16" t="inlineStr">
         <is>
-          <t>lenobl1996@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>nataly.marusjak@school.msu.ru</t>
+        </is>
+      </c>
+      <c r="E16" t="inlineStr"/>
     </row>
     <row r="17">
       <c r="A17" s="1" t="n">
         <v>15</v>
       </c>
       <c r="B17" t="n">
-        <v>5</v>
+        <v>49</v>
       </c>
       <c r="C17" t="inlineStr">
         <is>
-          <t>Мальцевская Надежда Владиславовна</t>
+          <t>Метс Галина Юрьевна</t>
         </is>
       </c>
       <c r="D17" t="inlineStr">
         <is>
-          <t>maltsevskaya@yandex.ru</t>
+          <t>lazdynai@mail.ru</t>
         </is>
       </c>
       <c r="E17" t="inlineStr">
         <is>
-          <t>+79773570385</t>
+          <t>+79166319025</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="1" t="n">
         <v>16</v>
       </c>
       <c r="B18" t="n">
-        <v>44</v>
+        <v>7</v>
       </c>
       <c r="C18" t="inlineStr">
         <is>
-          <t>Марусяк Наталья Владимировна</t>
+          <t>Михайлов Евгений Александрович</t>
         </is>
       </c>
       <c r="D18" t="inlineStr">
         <is>
-          <t>nataly.marusjak@school.msu.ru</t>
-[...2 lines deleted...]
-      <c r="E18" t="inlineStr"/>
+          <t>ea.mikhajlov@physics.msu.ru</t>
+        </is>
+      </c>
+      <c r="E18" t="inlineStr">
+        <is>
+          <t>+79162885962</t>
+        </is>
+      </c>
     </row>
     <row r="19">
       <c r="A19" s="1" t="n">
         <v>17</v>
       </c>
       <c r="B19" t="n">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="C19" t="inlineStr">
         <is>
-          <t>Метс Галина Юрьевна</t>
+          <t>Обухов Алексей Сергеевич</t>
         </is>
       </c>
       <c r="D19" t="inlineStr">
         <is>
-          <t>lazdynai@mail.ru</t>
+          <t>aso-issl@yandex.ru</t>
         </is>
       </c>
       <c r="E19" t="inlineStr">
         <is>
-          <t>+79166319025</t>
+          <t>+79037129683</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="1" t="n">
         <v>18</v>
       </c>
       <c r="B20" t="n">
-        <v>7</v>
+        <v>52</v>
       </c>
       <c r="C20" t="inlineStr">
         <is>
-          <t>Михайлов Евгений Александрович</t>
+          <t>Перова Екатерина Юрьевна</t>
         </is>
       </c>
       <c r="D20" t="inlineStr">
         <is>
-          <t>ea.mikhajlov@physics.msu.ru</t>
+          <t>eperova71@list.ru</t>
         </is>
       </c>
       <c r="E20" t="inlineStr">
         <is>
-          <t>+79162885962</t>
+          <t>+79060342305</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="1" t="n">
         <v>19</v>
       </c>
       <c r="B21" t="n">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="C21" t="inlineStr">
         <is>
-          <t>Обухов Алексей Сергеевич</t>
+          <t>Рябов Сергей Алексеевич</t>
         </is>
       </c>
       <c r="D21" t="inlineStr">
         <is>
-          <t>aso-issl@yandex.ru</t>
+          <t>wpsr@yandex.ru</t>
         </is>
       </c>
       <c r="E21" t="inlineStr">
         <is>
-          <t>+79037129683</t>
+          <t>+79852908346</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="1" t="n">
         <v>20</v>
       </c>
       <c r="B22" t="n">
-        <v>52</v>
+        <v>10</v>
       </c>
       <c r="C22" t="inlineStr">
         <is>
-          <t>Перова Екатерина Юрьевна</t>
+          <t>Саввичев Александр Сергеевич</t>
         </is>
       </c>
       <c r="D22" t="inlineStr">
         <is>
-          <t>eperova71@list.ru</t>
+          <t>savvichev@mail.ru</t>
         </is>
       </c>
       <c r="E22" t="inlineStr">
         <is>
-          <t>+79060342305</t>
+          <t>+79099756370</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="1" t="n">
         <v>21</v>
       </c>
       <c r="B23" t="n">
-        <v>50</v>
+        <v>21</v>
       </c>
       <c r="C23" t="inlineStr">
         <is>
-          <t>Ранчин Александр Андреевич</t>
+          <t>Свешникова Надежда Владиславовна</t>
         </is>
       </c>
       <c r="D23" t="inlineStr">
         <is>
-          <t>belegdoriat@gmail.com</t>
+          <t>sveshnikova@gmail.com</t>
         </is>
       </c>
       <c r="E23" t="inlineStr">
         <is>
-          <t>+79266382155</t>
+          <t>+79267176305</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="1" t="n">
         <v>22</v>
       </c>
       <c r="B24" t="n">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="C24" t="inlineStr">
         <is>
-          <t>Рябов Сергей Алексеевич</t>
+          <t>Смирнов Иван Алексеевич</t>
         </is>
       </c>
       <c r="D24" t="inlineStr">
         <is>
-          <t>wpsr@yandex.ru</t>
+          <t>ismirnoff@yandex.ru</t>
         </is>
       </c>
       <c r="E24" t="inlineStr">
         <is>
-          <t>+79852908346</t>
+          <t>+79161029324</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="1" t="n">
         <v>23</v>
       </c>
       <c r="B25" t="n">
-        <v>10</v>
+        <v>45</v>
       </c>
       <c r="C25" t="inlineStr">
         <is>
-          <t>Саввичев Александр Сергеевич</t>
+          <t>Стефутин Сергей Александрович</t>
         </is>
       </c>
       <c r="D25" t="inlineStr">
         <is>
-          <t>savvichev@mail.ru</t>
+          <t>s.stefutin@mail.ru</t>
         </is>
       </c>
       <c r="E25" t="inlineStr">
         <is>
-          <t>+79099756370</t>
+          <t>+79067050082</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="1" t="n">
         <v>24</v>
       </c>
       <c r="B26" t="n">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="C26" t="inlineStr">
         <is>
-          <t>Свешникова Надежда Владиславовна</t>
+          <t>Суминова Елизавета Алексеевна</t>
         </is>
       </c>
       <c r="D26" t="inlineStr">
         <is>
-          <t>sveshnikova@gmail.com</t>
+          <t>elizaveta.rukosueva@school.msu.ru</t>
         </is>
       </c>
       <c r="E26" t="inlineStr">
         <is>
-          <t>+79267176305</t>
+          <t>+79152686017</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="1" t="n">
         <v>25</v>
       </c>
       <c r="B27" t="n">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="C27" t="inlineStr">
         <is>
-          <t>Смирнов Иван Алексеевич</t>
+          <t>Сурина Елизавета Рафаэлевна</t>
         </is>
       </c>
       <c r="D27" t="inlineStr">
         <is>
-          <t>ismirnoff@yandex.ru</t>
+          <t>Surinaelizaveta@gmail.com</t>
         </is>
       </c>
       <c r="E27" t="inlineStr">
         <is>
-          <t>+79161029324</t>
+          <t>+79168896992</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="1" t="n">
         <v>26</v>
       </c>
       <c r="B28" t="n">
-        <v>45</v>
+        <v>32</v>
       </c>
       <c r="C28" t="inlineStr">
         <is>
-          <t>Стефутин Сергей Александрович</t>
+          <t>Толстухин Алексей Вадимович</t>
         </is>
       </c>
       <c r="D28" t="inlineStr">
         <is>
-          <t>s.stefutin@mail.ru</t>
+          <t>aleksey.tolstukhin@school.msu.ru</t>
         </is>
       </c>
       <c r="E28" t="inlineStr">
         <is>
-          <t>+79067050082</t>
+          <t>+79998136443</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="1" t="n">
         <v>27</v>
       </c>
       <c r="B29" t="n">
-        <v>18</v>
+        <v>37</v>
       </c>
       <c r="C29" t="inlineStr">
         <is>
-          <t>Суминова Елизавета Алексеевна</t>
+          <t>Туркменов Роберт Муратович</t>
         </is>
       </c>
       <c r="D29" t="inlineStr">
         <is>
-          <t>elizaveta.rukosueva@school.msu.ru</t>
+          <t>robert.turkmenov@school.msu.ru</t>
         </is>
       </c>
       <c r="E29" t="inlineStr">
         <is>
-          <t>+79152686017</t>
+          <t>+79267133235</t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="1" t="n">
         <v>28</v>
       </c>
       <c r="B30" t="n">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="C30" t="inlineStr">
         <is>
-          <t>Сурина Елизавета Рафаэлевна</t>
+          <t>Феоктистова Светлана Васильевна</t>
         </is>
       </c>
       <c r="D30" t="inlineStr">
         <is>
-          <t>Surinaelizaveta@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>svfeoktistova@mail.ru</t>
+        </is>
+      </c>
+      <c r="E30" t="inlineStr"/>
     </row>
     <row r="31">
       <c r="A31" s="1" t="n">
         <v>29</v>
       </c>
       <c r="B31" t="n">
-        <v>32</v>
+        <v>11</v>
       </c>
       <c r="C31" t="inlineStr">
         <is>
-          <t>Толстухин Алексей Вадимович</t>
+          <t>Фролова Галина Ивановна</t>
         </is>
       </c>
       <c r="D31" t="inlineStr">
         <is>
-          <t>aleksey.tolstukhin@school.msu.ru</t>
+          <t>gfrolova@yandex.ru</t>
         </is>
       </c>
       <c r="E31" t="inlineStr">
         <is>
-          <t>+79998136443</t>
+          <t>+79091619964</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="1" t="n">
         <v>30</v>
       </c>
       <c r="B32" t="n">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="C32" t="inlineStr">
         <is>
-          <t>Туркменов Роберт Муратович</t>
+          <t>Шумилов Иван Сергеевич</t>
         </is>
       </c>
       <c r="D32" t="inlineStr">
         <is>
-          <t>robert.turkmenov@school.msu.ru</t>
+          <t>ivan.shumilov@school.msu.ru</t>
         </is>
       </c>
       <c r="E32" t="inlineStr">
         <is>
-          <t>+79267133235</t>
+          <t>+79162536448</t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="1" t="n">
         <v>31</v>
       </c>
       <c r="B33" t="n">
-        <v>30</v>
+        <v>48</v>
       </c>
       <c r="C33" t="inlineStr">
         <is>
-          <t>Феоктистова Светлана Васильевна</t>
+          <t>Юшков Вячеслав Владиславович</t>
         </is>
       </c>
       <c r="D33" t="inlineStr">
         <is>
-          <t>svfeoktistova@mail.ru</t>
-[...86 lines deleted...]
-        <is>
           <t>vyacheslav.yushkov@school.msu.ru</t>
         </is>
       </c>
-      <c r="E37" t="inlineStr">
+      <c r="E33" t="inlineStr">
         <is>
           <t>+79163500823</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>